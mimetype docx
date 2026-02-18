--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -375,106 +375,127 @@
           </w:rPr>
           <w:id w:val="518597925"/>
           <w:placeholder>
             <w:docPart w:val="C53E90236F924D3F92A8A90769098368"/>
           </w:placeholder>
           <w:dropDownList>
             <w:listItem w:displayText="Zvolte fakultu" w:value="Zvolte fakultu"/>
             <w:listItem w:displayText="Fakulta agrobiologie, potravinových a přírodních zdrojů" w:value="Fakulta agrobiologie, potravinových a přírodních zdrojů"/>
             <w:listItem w:displayText="Fakulta lesnická a dřevařská" w:value="Fakulta lesnická a dřevařská"/>
             <w:listItem w:displayText="Fakulta tropického zemědělství" w:value="Fakulta tropického zemědělství"/>
             <w:listItem w:displayText="Fakulta životního prostředí" w:value="Fakulta životního prostředí"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00E40AFE">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Zvolte fakultu</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="66D6C930" w14:textId="77777777" w:rsidR="00446216" w:rsidRDefault="00446216" w:rsidP="00446216">
+    <w:p w14:paraId="66D6C930" w14:textId="2F360D7E" w:rsidR="00446216" w:rsidRDefault="00B079EF" w:rsidP="00446216">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:firstLine="282"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E40AFE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Katedra: </w:t>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00446216" w:rsidRPr="00E40AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1202208240"/>
           <w:placeholder>
             <w:docPart w:val="D3FEBC9034C544CD8FFB4D791D59F00B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E40AFE">
+          <w:r w:rsidR="00446216" w:rsidRPr="00E40AFE">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Klikněte nebo klepněte sem a zadejte text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="41EF4B2B" w14:textId="77777777" w:rsidR="00C40C4D" w:rsidRPr="00E40AFE" w:rsidRDefault="00C40C4D" w:rsidP="00C40C4D">
+    <w:p w14:paraId="41EF4B2B" w14:textId="56FDC223" w:rsidR="00C40C4D" w:rsidRPr="00E40AFE" w:rsidRDefault="00C40C4D" w:rsidP="00C40C4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="852" w:firstLine="564"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">In not CZU: </w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B079EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not CZU: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="652883687"/>
           <w:placeholder>
             <w:docPart w:val="39ABA8896F494AB5B05F119F5D3031D1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007E063C">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
             </w:rPr>
             <w:t>Klikněte nebo klepněte sem a zadejte text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
@@ -754,204 +775,225 @@
     <w:p w14:paraId="657785C8" w14:textId="2343521F" w:rsidR="00A75AB0" w:rsidRDefault="00A75AB0" w:rsidP="004D5CF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A75AB0" w:rsidSect="00CF1062">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2267" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41036734" w14:textId="77777777" w:rsidR="00585A09" w:rsidRDefault="00585A09" w:rsidP="004B1042">
+    <w:p w14:paraId="69423E5E" w14:textId="77777777" w:rsidR="00E01ACB" w:rsidRDefault="00E01ACB" w:rsidP="004B1042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B919544" w14:textId="77777777" w:rsidR="00585A09" w:rsidRDefault="00585A09" w:rsidP="004B1042">
+    <w:p w14:paraId="4814F955" w14:textId="77777777" w:rsidR="00E01ACB" w:rsidRDefault="00E01ACB" w:rsidP="004B1042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="316C56C0" w14:textId="77777777" w:rsidR="003C741A" w:rsidRPr="003C741A" w:rsidRDefault="003C741A" w:rsidP="003C741A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003C741A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>“Returns to the CZU”, Reg. No.: CZ.02.01.01/00/24_037/0013835”</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7608F829" w14:textId="2448D9FF" w:rsidR="00A75AB0" w:rsidRPr="003C741A" w:rsidRDefault="003C741A" w:rsidP="003C741A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r w:rsidRPr="003C741A">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
-      <w:t>This project is funded by the European Union through the Jan Amos Komenský Operational Programme (OP JAK).</w:t>
+      <w:t xml:space="preserve">This project is funded by the European Union through the Jan Amos </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="003C741A">
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t>Komenský</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="003C741A">
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Operational Programme (OP JAK).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A78C631" w14:textId="77777777" w:rsidR="00585A09" w:rsidRDefault="00585A09" w:rsidP="004B1042">
+    <w:p w14:paraId="06460C08" w14:textId="77777777" w:rsidR="00E01ACB" w:rsidRDefault="00E01ACB" w:rsidP="004B1042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F63757F" w14:textId="77777777" w:rsidR="00585A09" w:rsidRDefault="00585A09" w:rsidP="004B1042">
+    <w:p w14:paraId="15C30B50" w14:textId="77777777" w:rsidR="00E01ACB" w:rsidRDefault="00E01ACB" w:rsidP="004B1042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0A7302EA" w14:textId="6F0C3662" w:rsidR="008D01CF" w:rsidRDefault="008D01CF">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="428F3C45" wp14:editId="4255F3FA">
@@ -1013,51 +1055,50 @@
                             </w:rPr>
                             <w:t>Internal-Interní</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="428F3C45" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Internal-Interní" style="position:absolute;margin-left:0;margin-top:0;width:80.75pt;height:28.5pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABzBVRDgIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uP0zAQviPxHyzfadJCVmzUdFV2VYRU&#10;7a7URXt2HbuJFHsse9qk/HrGbtrCwglxsefleXzzeX43mI4dlA8t2IpPJzlnykqoW7ur+PeX1YfP&#10;nAUUthYdWFXxowr8bvH+3bx3pZpBA12tPKMkNpS9q3iD6MosC7JRRoQJOGXJqcEbgaT6XVZ70VN2&#10;02WzPL/JevC18yBVCGR9ODn5IuXXWkl80jooZF3FqTdMp0/nNp7ZYi7KnReuaeXYhviHLoxoLRW9&#10;pHoQKNjet3+kMq30EEDjRILJQOtWqjQDTTPN30yzaYRTaRYCJ7gLTOH/pZWPh4179gyHLzDQAiMg&#10;vQtlIGOcZ9DexJs6ZeQnCI8X2NSATMZH+awoZgVnknwfb6a3RcI1u752PuBXBYZFoeKe1pLQEod1&#10;QKpIoeeQWMzCqu26tJrO/magwGjJri1GCYftMPa9hfpI43g4bTo4uWqp5loEfBaeVksTEF3xiQ7d&#10;QV9xGCXOGvA//maP8YQ4eTnriSoVt8RlzrpvljYxKz7leaRW0qa3eRE1nzQStmfB7s09EAun9CGc&#10;TGKMw+4sag/mldi8jNXIJaykmhXHs3iPJ+LSb5BquUxBxCIncG03TsbUEayI5MvwKrwb4UZa1COc&#10;ySTKN6ifYuPL4JZ7JOzTSiKwJzRHvImBaVPjb4kU/1VPUdc/vfgJAAD//wMAUEsDBBQABgAIAAAA&#10;IQAml92R2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3a2YKjGTUgqC&#10;gqW0Fr1us5M/mJ0N2U0Tv71bL/Uy8HiP936TLSfbihP1vnGMMJ8pEMSFMw1XCIePl7snED5oNrp1&#10;TAg/5GGZX19lOjVu5B2d9qESsYR9qhHqELpUSl/UZLWfuY44eqXrrQ5R9pU0vR5juW3lvVILaXXD&#10;caHWHa1rKr73g0V4ffBfYSjLxG/eN6N6G+1h2H4i3t5Mq2cQgaZwCcMZP6JDHpmObmDjRYsQHwl/&#10;9+wt5gmII0LyqEDmmfwPn/8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAcwVUQ4CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJpfdkdsA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4B11CB11" w14:textId="04A829BD" w:rsidR="008D01CF" w:rsidRPr="008D01CF" w:rsidRDefault="008D01CF" w:rsidP="008D01CF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="008D01CF">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Internal-Interní</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -1146,51 +1187,50 @@
                             </w:rPr>
                             <w:t>Internal-Interní</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="38942349" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Internal-Interní" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:80.75pt;height:28.5pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9ny6WEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkc7EacYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0o5avteip2kUmR5sd7T9ObwWi2Uz50YCs+HuWcKSuh7uym4r+fFl++&#10;cxZQ2FposKriexX4zezzp2nvSjWBFnStPKMiNpS9q3iL6MosC7JVRoQROGUp2IA3Asn1m6z2oqfq&#10;RmeTPL/KevC18yBVCHR7dwjyWarfNEriQ9MEhUxXnGbDdPp0ruOZzaai3Hjh2k4exxAfmMKIzlLT&#10;c6k7gYJtffdPKdNJDwEaHEkwGTRNJ1XagbYZ52+2WbXCqbQLgRPcGabw/8rK+93KPXqGww8YiMAI&#10;SO9CGegy7jM03sQvTcooThDuz7CpAZmMP+WTopgUnEmKfb0aXxcJ1+zyt/MBfyowLBoV90RLQkvs&#10;lgGpI6WeUmIzC4tO60SNtq8uKDHeZJcRo4XDemBd/WL8NdR72srDgfDg5KKj1ksR8FF4YpgWIdXi&#10;Ax2Nhr7icLQ4a8H/ee8+5hPwFOWsJ8VU3JKkOdO/LBEyKb7leVRY8sbXeRE9nzwy1ifDbs0tkBjH&#10;9C6cTGbMQ30yGw/mmUQ9j90oJKyknhXHk3mLB/3So5BqPk9JJCYncGlXTsbSEbMI6NPwLLw7oo7E&#10;1z2cNCXKN+AfcuOfwc23SBQkZiK+BzSPsJMQE2HHRxOV/tJPWZenPfsLAAD//wMAUEsDBBQABgAI&#10;AAAAIQAml92R2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3a2YKjGT&#10;UgqCgqW0Fr1us5M/mJ0N2U0Tv71bL/Uy8HiP936TLSfbihP1vnGMMJ8pEMSFMw1XCIePl7snED5o&#10;Nrp1TAg/5GGZX19lOjVu5B2d9qESsYR9qhHqELpUSl/UZLWfuY44eqXrrQ5R9pU0vR5juW3lvVIL&#10;aXXDcaHWHa1rKr73g0V4ffBfYSjLxG/eN6N6G+1h2H4i3t5Mq2cQgaZwCcMZP6JDHpmObmDjRYsQ&#10;Hwl/9+wt5gmII0LyqEDmmfwPn/8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvZ8ulhEC&#10;AAAiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJpfd&#10;kdsAAAAEAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="414F5118" w14:textId="1AE6D093" w:rsidR="008D01CF" w:rsidRPr="008D01CF" w:rsidRDefault="008D01CF" w:rsidP="008D01CF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="008D01CF">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Internal-Interní</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -1330,51 +1370,50 @@
                             </w:rPr>
                             <w:t>Internal-Interní</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="176AF5C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Internal-Interní" style="position:absolute;margin-left:0;margin-top:0;width:80.75pt;height:28.5pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsCd3UFAIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x4c7EacYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kUaX6897S4G7QiR+F8B6am81lOiTAcms7sa/r9Zf3h&#10;MyU+MNMwBUbU9CQ8vVu+f7fobSUKaEE1whEsYnzV25q2IdgqyzxvhWZ+BlYYDEpwmgV03T5rHOux&#10;ulZZkec3WQ+usQ648B5vH8YgXab6UgoenqT0IhBVU5wtpNOlcxfPbLlg1d4x23b8PAb7hyk06ww2&#10;vZR6YIGRg+v+KKU77sCDDDMOOgMpOy7SDrjNPH+zzbZlVqRdEBxvLzD5/1eWPx639tmRMHyBAQmM&#10;gPTWVx4v4z6DdDp+cVKCcYTwdIFNDIHw+FNelGVRUsIx9vFmflsmXLPr39b58FWAJtGoqUNaElrs&#10;uPEBO2LqlBKbGVh3SiVqlPntAhPjTXYdMVph2A2ka2paTOPvoDnhVg5Gwr3l6w5bb5gPz8whw7gI&#10;qjY84SEV9DWFs0VJC+7H3+5jPgKPUUp6VExNDUqaEvXNICFF+SnPo8KSN7/Ny+i55KGxmwxz0PeA&#10;Ypzju7A8mTEvqMmUDvQrinoVu2GIGY49axom8z6M+sVHwcVqlZJQTJaFjdlaHktHzCKgL8Mrc/aM&#10;ekC+HmHSFKvegD/mxj+9XR0CUpCYifiOaJ5hRyEmws6PJir9Vz9lXZ/28icAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAml92R2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3a2Y&#10;KjGTUgqCgqW0Fr1us5M/mJ0N2U0Tv71bL/Uy8HiP936TLSfbihP1vnGMMJ8pEMSFMw1XCIePl7sn&#10;ED5oNrp1TAg/5GGZX19lOjVu5B2d9qESsYR9qhHqELpUSl/UZLWfuY44eqXrrQ5R9pU0vR5juW3l&#10;vVILaXXDcaHWHa1rKr73g0V4ffBfYSjLxG/eN6N6G+1h2H4i3t5Mq2cQgaZwCcMZP6JDHpmObmDj&#10;RYsQHwl/9+wt5gmII0LyqEDmmfwPn/8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7And&#10;1BQCAAAiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;JpfdkdsAAAAEAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="45DDBA3C" w14:textId="663E5EC5" w:rsidR="008D01CF" w:rsidRPr="008D01CF" w:rsidRDefault="008D01CF" w:rsidP="008D01CF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="008D01CF">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Internal-Interní</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -1760,166 +1799,170 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="109058877">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1250042635">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="745298694">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1134056383">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C67AC"/>
     <w:rsid w:val="000122B2"/>
     <w:rsid w:val="00027312"/>
     <w:rsid w:val="00035059"/>
     <w:rsid w:val="00075D2A"/>
     <w:rsid w:val="00162C85"/>
     <w:rsid w:val="001A4555"/>
     <w:rsid w:val="001C32ED"/>
     <w:rsid w:val="0021593A"/>
+    <w:rsid w:val="003A5AB0"/>
     <w:rsid w:val="003B1EA5"/>
     <w:rsid w:val="003B24FB"/>
     <w:rsid w:val="003C741A"/>
     <w:rsid w:val="003E6C92"/>
     <w:rsid w:val="003F0D85"/>
     <w:rsid w:val="00446216"/>
     <w:rsid w:val="004B1042"/>
     <w:rsid w:val="004D5CF2"/>
     <w:rsid w:val="00500F1C"/>
     <w:rsid w:val="005019DE"/>
     <w:rsid w:val="00567C87"/>
     <w:rsid w:val="00585A09"/>
     <w:rsid w:val="005C67AC"/>
     <w:rsid w:val="005E7D76"/>
     <w:rsid w:val="00600BC4"/>
     <w:rsid w:val="006404FD"/>
     <w:rsid w:val="006409DD"/>
     <w:rsid w:val="006776B0"/>
     <w:rsid w:val="006D6ED7"/>
     <w:rsid w:val="007130BA"/>
     <w:rsid w:val="007453AB"/>
     <w:rsid w:val="007601FB"/>
     <w:rsid w:val="00851D89"/>
     <w:rsid w:val="00852343"/>
     <w:rsid w:val="00872121"/>
     <w:rsid w:val="008D01CF"/>
     <w:rsid w:val="008D2596"/>
     <w:rsid w:val="009014ED"/>
     <w:rsid w:val="00901BBE"/>
     <w:rsid w:val="00931DA6"/>
     <w:rsid w:val="00982446"/>
     <w:rsid w:val="00A13BAC"/>
     <w:rsid w:val="00A17F54"/>
     <w:rsid w:val="00A44DAC"/>
     <w:rsid w:val="00A45623"/>
     <w:rsid w:val="00A75AB0"/>
     <w:rsid w:val="00AA5A50"/>
     <w:rsid w:val="00AA66AD"/>
     <w:rsid w:val="00AC4BC1"/>
     <w:rsid w:val="00AC4C0B"/>
+    <w:rsid w:val="00B079EF"/>
     <w:rsid w:val="00B257F7"/>
     <w:rsid w:val="00B53253"/>
     <w:rsid w:val="00C40C4D"/>
     <w:rsid w:val="00C75080"/>
     <w:rsid w:val="00CA20C1"/>
     <w:rsid w:val="00CF1062"/>
     <w:rsid w:val="00D44AA5"/>
     <w:rsid w:val="00DD59D2"/>
+    <w:rsid w:val="00E01ACB"/>
     <w:rsid w:val="00E05D22"/>
     <w:rsid w:val="00E40AFE"/>
     <w:rsid w:val="00E6095D"/>
     <w:rsid w:val="00E95170"/>
     <w:rsid w:val="00E95227"/>
     <w:rsid w:val="00ED571A"/>
     <w:rsid w:val="00F22630"/>
     <w:rsid w:val="00F85243"/>
     <w:rsid w:val="00FD362E"/>
     <w:rsid w:val="00FE012E"/>
     <w:rsid w:val="00FF5B5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="450691CE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4ED4D1E-3757-4F88-8234-E73D84BC7AE1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3206,172 +3249,164 @@
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
-[...6 lines deleted...]
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD362E"/>
     <w:rsid w:val="00044271"/>
     <w:rsid w:val="00095FAF"/>
     <w:rsid w:val="000A316D"/>
+    <w:rsid w:val="003A5AB0"/>
     <w:rsid w:val="003B1EA5"/>
     <w:rsid w:val="003F0D85"/>
     <w:rsid w:val="0057332F"/>
     <w:rsid w:val="00600BC4"/>
     <w:rsid w:val="006409DD"/>
     <w:rsid w:val="007453AB"/>
     <w:rsid w:val="00852343"/>
     <w:rsid w:val="00893C78"/>
     <w:rsid w:val="00901BBE"/>
+    <w:rsid w:val="009A0385"/>
     <w:rsid w:val="00A92993"/>
     <w:rsid w:val="00B02B9C"/>
     <w:rsid w:val="00B257F7"/>
     <w:rsid w:val="00BA77E1"/>
     <w:rsid w:val="00BE3557"/>
     <w:rsid w:val="00D44AA5"/>
     <w:rsid w:val="00E31DEE"/>
     <w:rsid w:val="00E95227"/>
     <w:rsid w:val="00FD362E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4128,90 +4163,84 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1456696d-ef08-48f8-a4a3-492369fdb284">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <stavp_x0159__x00ed_lohy xmlns="1456696d-ef08-48f8-a4a3-492369fdb284">true</stavp_x0159__x00ed_lohy>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1456696d-ef08-48f8-a4a3-492369fdb284" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="764084c66dce4ac547ffa191a1aa110e" ns2:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100166CC87316FA6B49855C7F1217CE1CA4" ma:contentTypeVersion="11" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="a28cb2cf8fe312c441bd0e2b1d588050">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1456696d-ef08-48f8-a4a3-492369fdb284" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="089b2aafb6ecec48ed42c8078ceafa29" ns2:_="">
     <xsd:import namespace="1456696d-ef08-48f8-a4a3-492369fdb284"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:stavp_x0159__x00ed_lohy" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1456696d-ef08-48f8-a4a3-492369fdb284" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4220,50 +4249,60 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Značky obrázků" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6104055d-a7a1-4227-823d-893947fae55f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="stavp_x0159__x00ed_lohy" ma:index="18" nillable="true" ma:displayName="stav přílohy" ma:default="1" ma:description="Zda je příloha v pořádku " ma:format="Dropdown" ma:internalName="stavp_x0159__x00ed_lohy">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ obsahu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Nadpis"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -4322,115 +4361,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F0B43A5-C4BE-4E80-93F4-869BBB1B6A47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1456696d-ef08-48f8-a4a3-492369fdb284"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99F2C495-E6C4-4701-8779-0FEBDEE135CA}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60A062CB-B409-4E50-A1FA-1490FAD42CBD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C257A63-6012-49D1-952C-A142586FAC94}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88398E9A-FC00-4D5C-9321-71F98AB8A827}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99F2C495-E6C4-4701-8779-0FEBDEE135CA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{22fc26f7-8c12-49bd-8cfe-5283722a60a7}" enabled="1" method="Standard" siteId="{f26a48e1-fc21-461a-b97f-ac5bd535f341}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>131</Words>
-  <Characters>777</Characters>
+  <Words>132</Words>
+  <Characters>779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>907</CharactersWithSpaces>
+  <CharactersWithSpaces>910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Leuner Olga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100166CC87316FA6B49855C7F1217CE1CA4</vt:lpwstr>
   </property>